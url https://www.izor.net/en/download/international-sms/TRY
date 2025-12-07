--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -32,1485 +32,1485 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>Sequence Number</t>
   </si>
   <si>
     <t>Country Code</t>
   </si>
   <si>
     <t>Country Name</t>
   </si>
   <si>
     <t>Unit Amount (TRY)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>8,6428</t>
+    <t>8,7756</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
-    <t>5,0725</t>
+    <t>5,1505</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afghanistan</t>
   </si>
   <si>
-    <t>10,1451</t>
+    <t>10,3009</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua and Barbuda</t>
   </si>
   <si>
-    <t>12,8179</t>
+    <t>13,0148</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Albania</t>
   </si>
   <si>
-    <t>11,7058</t>
+    <t>11,8857</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Armenia</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angola</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
-    <t>9,5598</t>
+    <t>9,7067</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
-    <t>5,5017</t>
+    <t>5,5863</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbaijan</t>
   </si>
   <si>
-    <t>16,5833</t>
+    <t>16,8381</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosnia and Herzegovina</t>
   </si>
   <si>
-    <t>5,2676</t>
+    <t>5,3486</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>10,3402</t>
+    <t>10,499</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
-    <t>13,6568</t>
+    <t>13,8666</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
-    <t>7,999</t>
+    <t>8,1219</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahrain</t>
   </si>
   <si>
-    <t>3,1216</t>
+    <t>3,1695</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>11,0035</t>
+    <t>11,1726</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>12,2911</t>
+    <t>12,48</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>11,3156</t>
+    <t>11,4895</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivia</t>
   </si>
   <si>
-    <t>14,4372</t>
+    <t>14,659</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
-    <t>3,1411</t>
+    <t>3,1893</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamas</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Bhutan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>4,1946</t>
+    <t>4,259</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Democratic Republic of the Congo</t>
   </si>
   <si>
-    <t>115,1074</t>
+    <t>116,876</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Central African Republic</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Congo</t>
   </si>
   <si>
-    <t>7,6088</t>
+    <t>7,7257</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
-    <t>7,3161</t>
+    <t>7,4286</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Cote d'Ivoire</t>
   </si>
   <si>
-    <t>8,3677</t>
+    <t>8,4963</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Cameroon</t>
   </si>
   <si>
-    <t>6,6333</t>
+    <t>6,7352</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>4,6823</t>
+    <t>4,7543</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
-    <t>6,048</t>
+    <t>6,1409</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Cuba</t>
   </si>
   <si>
-    <t>17,7929</t>
+    <t>18,0663</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
-    <t>3,5118</t>
+    <t>3,5657</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Czech Republic</t>
   </si>
   <si>
-    <t>7,0235</t>
+    <t>7,1314</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>12,0375</t>
+    <t>12,2225</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Djibouti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
-    <t>3,941</t>
+    <t>4,0015</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominica</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
-    <t>7,2186</t>
+    <t>7,3295</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
-    <t>17,1686</t>
+    <t>17,4324</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
-    <t>8,3892</t>
+    <t>8,5181</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>9,95</t>
+    <t>10,1028</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritrea</t>
   </si>
   <si>
-    <t>10,984</t>
+    <t>11,1527</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>7,8624</t>
+    <t>7,9832</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
-    <t>9,1696</t>
+    <t>9,3105</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>17,3637</t>
+    <t>17,6305</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Islands (Malvinas)</t>
   </si>
   <si>
-    <t>10,7303</t>
+    <t>10,8952</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Micronesia, Federated States of</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Islands</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
-    <t>8,7794</t>
+    <t>8,9143</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>12,6813</t>
+    <t>12,8762</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
-    <t>12,5838</t>
+    <t>12,7771</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Gibraltar</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Greenland</t>
   </si>
   <si>
-    <t>2,3412</t>
+    <t>2,3771</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambia</t>
   </si>
   <si>
-    <t>9,6963</t>
+    <t>9,8453</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Guinea</t>
   </si>
   <si>
-    <t>15,6078</t>
+    <t>15,8476</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>18,3391</t>
+    <t>18,6209</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Equatorial Guinea</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
-    <t>7,8039</t>
+    <t>7,9238</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Guinea-Bissau</t>
   </si>
   <si>
-    <t>15,4322</t>
+    <t>15,6693</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
-    <t>11,1205</t>
+    <t>11,2914</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
-    <t>6,2431</t>
+    <t>6,339</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
-    <t>8,9745</t>
+    <t>9,1124</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Iraq</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>Iran, Islamic Republic of</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
-    <t>7,4137</t>
+    <t>7,5276</t>
   </si>
   <si>
     <t>JM</t>
   </si>
   <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
-    <t>14,047</t>
+    <t>14,2628</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KG</t>
   </si>
   <si>
     <t>Kyrgyzstan</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
-    <t>8,116</t>
+    <t>8,2408</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>9,4232</t>
+    <t>9,568</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Comoros</t>
   </si>
   <si>
-    <t>8,9159</t>
+    <t>9,0529</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>Saint Kitts and Nevis</t>
   </si>
   <si>
-    <t>11,9009</t>
+    <t>12,0838</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Korea, Democratic People's Republic of</t>
   </si>
   <si>
-    <t>13,6178</t>
+    <t>13,827</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Korea, Republic of</t>
   </si>
   <si>
-    <t>4,097</t>
+    <t>4,16</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Kuwait</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Cayman Islands</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Lebanon</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>9,3647</t>
+    <t>9,5086</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>LS</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
-    <t>6,8284</t>
+    <t>6,9333</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Monaco</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moldova, Republic of</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Montenegro</t>
   </si>
   <si>
-    <t>5,4627</t>
+    <t>5,5467</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>Madagascar</t>
   </si>
   <si>
-    <t>10,5353</t>
+    <t>10,6971</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marshall Islands</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Macedonia, the Former Yugoslav Republic of</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Mongolia</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinique</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Mauritania</t>
   </si>
   <si>
-    <t>23,4117</t>
+    <t>23,7714</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>18,5733</t>
+    <t>18,8586</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldives</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>4,7214</t>
+    <t>4,7939</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambique</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>New Caledonia</t>
   </si>
   <si>
-    <t>22,7678</t>
+    <t>23,1177</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Niger</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
-    <t>3,3167</t>
+    <t>3,3676</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>12,8764</t>
+    <t>13,0743</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
-    <t>7,3552</t>
+    <t>7,4682</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>17,5588</t>
+    <t>17,8285</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
-    <t>13,4617</t>
+    <t>13,6686</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Oman</t>
   </si>
   <si>
-    <t>4,8774</t>
+    <t>4,9524</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>6,4382</t>
+    <t>6,5371</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>French Polynesia</t>
   </si>
   <si>
-    <t>14,1446</t>
+    <t>14,3619</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>3,7068</t>
+    <t>3,7638</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre and Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Puerto Rico</t>
   </si>
   <si>
-    <t>11,5107</t>
+    <t>11,6876</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Reunion</t>
   </si>
   <si>
-    <t>25,1675</t>
+    <t>25,5543</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Russian Federation</t>
   </si>
   <si>
-    <t>6,5553</t>
+    <t>6,656</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Saudi Arabia</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>10,9254</t>
+    <t>11,0933</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
-    <t>7,082</t>
+    <t>7,1908</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>11,7839</t>
+    <t>11,9649</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somalia</t>
   </si>
   <si>
-    <t>15,7053</t>
+    <t>15,9466</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Suriname</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome and Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Syrian Arab Republic</t>
   </si>
   <si>
-    <t>13,8519</t>
+    <t>14,0647</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Swaziland</t>
   </si>
   <si>
-    <t>13,3447</t>
+    <t>13,5497</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Chad</t>
   </si>
   <si>
-    <t>12,5643</t>
+    <t>12,7573</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tajikistan</t>
   </si>
   <si>
-    <t>13,0715</t>
+    <t>13,2724</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Turkmenistan</t>
   </si>
   <si>
-    <t>4,4872</t>
+    <t>4,5562</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
-    <t>1,5608</t>
+    <t>1,5848</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad and Tobago</t>
   </si>
   <si>
-    <t>19,5097</t>
+    <t>19,8095</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>United Republic of Tanzania</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1547,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>British Virgin Islands</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>US Virgin Islands</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>19,3536</t>
+    <t>19,651</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>11,2376</t>
+    <t>11,4103</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks and Caicos Islands</t>
   </si>