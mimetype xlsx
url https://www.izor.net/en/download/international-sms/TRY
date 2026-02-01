--- v1 (2025-12-07)
+++ v2 (2026-02-01)
@@ -32,1485 +32,1485 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>Sequence Number</t>
   </si>
   <si>
     <t>Country Code</t>
   </si>
   <si>
     <t>Country Name</t>
   </si>
   <si>
     <t>Unit Amount (TRY)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>8,7756</t>
+    <t>9,122</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
-    <t>5,1505</t>
+    <t>5,3538</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afghanistan</t>
   </si>
   <si>
-    <t>10,3009</t>
+    <t>10,7075</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua and Barbuda</t>
   </si>
   <si>
-    <t>13,0148</t>
+    <t>13,5285</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Albania</t>
   </si>
   <si>
-    <t>11,8857</t>
+    <t>12,3548</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Armenia</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angola</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
-    <t>9,7067</t>
+    <t>10,0898</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
-    <t>5,5863</t>
+    <t>5,8068</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbaijan</t>
   </si>
   <si>
-    <t>16,8381</t>
+    <t>17,5027</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosnia and Herzegovina</t>
   </si>
   <si>
-    <t>5,3486</t>
+    <t>5,5597</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>10,499</t>
+    <t>10,9134</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
-    <t>13,8666</t>
+    <t>14,414</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
-    <t>8,1219</t>
+    <t>8,4425</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahrain</t>
   </si>
   <si>
-    <t>3,1695</t>
+    <t>3,2946</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>11,1726</t>
+    <t>11,6135</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>12,48</t>
+    <t>12,9726</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>11,4895</t>
+    <t>11,943</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivia</t>
   </si>
   <si>
-    <t>14,659</t>
+    <t>15,2376</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
-    <t>3,1893</t>
+    <t>3,3152</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamas</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Bhutan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>4,259</t>
+    <t>4,4271</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Democratic Republic of the Congo</t>
   </si>
   <si>
-    <t>116,876</t>
+    <t>121,4891</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Central African Republic</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Congo</t>
   </si>
   <si>
-    <t>7,7257</t>
+    <t>8,0306</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
-    <t>7,4286</t>
+    <t>7,7218</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Cote d'Ivoire</t>
   </si>
   <si>
-    <t>8,4963</t>
+    <t>8,8316</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Cameroon</t>
   </si>
   <si>
-    <t>6,7352</t>
+    <t>7,0011</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>4,7543</t>
+    <t>4,9419</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
-    <t>6,1409</t>
+    <t>6,3833</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Cuba</t>
   </si>
   <si>
-    <t>18,0663</t>
+    <t>18,7793</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
-    <t>3,5657</t>
+    <t>3,7064</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Czech Republic</t>
   </si>
   <si>
-    <t>7,1314</t>
+    <t>7,4129</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>12,2225</t>
+    <t>12,7049</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Djibouti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
-    <t>4,0015</t>
+    <t>4,1595</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominica</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
-    <t>7,3295</t>
+    <t>7,6188</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
-    <t>17,4324</t>
+    <t>18,1204</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
-    <t>8,5181</t>
+    <t>8,8543</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>10,1028</t>
+    <t>10,5016</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritrea</t>
   </si>
   <si>
-    <t>11,1527</t>
+    <t>11,5929</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>7,9832</t>
+    <t>8,2983</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
-    <t>9,3105</t>
+    <t>9,6779</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>17,6305</t>
+    <t>18,3263</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Islands (Malvinas)</t>
   </si>
   <si>
-    <t>10,8952</t>
+    <t>11,3253</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Micronesia, Federated States of</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Islands</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
-    <t>8,9143</t>
+    <t>9,2661</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>12,8762</t>
+    <t>13,3844</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
-    <t>12,7771</t>
+    <t>13,2814</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Gibraltar</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Greenland</t>
   </si>
   <si>
-    <t>2,3771</t>
+    <t>2,471</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambia</t>
   </si>
   <si>
-    <t>9,8453</t>
+    <t>10,2339</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Guinea</t>
   </si>
   <si>
-    <t>15,8476</t>
+    <t>16,4731</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>18,6209</t>
+    <t>19,3559</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Equatorial Guinea</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
-    <t>7,9238</t>
+    <t>8,2365</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Guinea-Bissau</t>
   </si>
   <si>
-    <t>15,6693</t>
+    <t>16,2878</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
-    <t>11,2914</t>
+    <t>11,7371</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
-    <t>6,339</t>
+    <t>6,5892</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
-    <t>9,1124</t>
+    <t>9,472</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Iraq</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>Iran, Islamic Republic of</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
-    <t>7,5276</t>
+    <t>7,8247</t>
   </si>
   <si>
     <t>JM</t>
   </si>
   <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
-    <t>14,2628</t>
+    <t>14,8258</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KG</t>
   </si>
   <si>
     <t>Kyrgyzstan</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
-    <t>8,2408</t>
+    <t>8,566</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>9,568</t>
+    <t>9,9456</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Comoros</t>
   </si>
   <si>
-    <t>9,0529</t>
+    <t>9,4103</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>Saint Kitts and Nevis</t>
   </si>
   <si>
-    <t>12,0838</t>
+    <t>12,5607</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Korea, Democratic People's Republic of</t>
   </si>
   <si>
-    <t>13,827</t>
+    <t>14,3728</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Korea, Republic of</t>
   </si>
   <si>
-    <t>4,16</t>
+    <t>4,3242</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Kuwait</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Cayman Islands</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Lebanon</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>9,5086</t>
+    <t>9,8839</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>LS</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
-    <t>6,9333</t>
+    <t>7,207</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Monaco</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moldova, Republic of</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Montenegro</t>
   </si>
   <si>
-    <t>5,5467</t>
+    <t>5,7656</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>Madagascar</t>
   </si>
   <si>
-    <t>10,6971</t>
+    <t>11,1193</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marshall Islands</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Macedonia, the Former Yugoslav Republic of</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Mongolia</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinique</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Mauritania</t>
   </si>
   <si>
-    <t>23,7714</t>
+    <t>24,7096</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>18,8586</t>
+    <t>19,603</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldives</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>4,7939</t>
+    <t>4,9831</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambique</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>New Caledonia</t>
   </si>
   <si>
-    <t>23,1177</t>
+    <t>24,0301</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Niger</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
-    <t>3,3676</t>
+    <t>3,5005</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>13,0743</t>
+    <t>13,5903</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
-    <t>7,4682</t>
+    <t>7,7629</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>17,8285</t>
+    <t>18,5322</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
-    <t>13,6686</t>
+    <t>14,208</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Oman</t>
   </si>
   <si>
-    <t>4,9524</t>
+    <t>5,1478</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>6,5371</t>
+    <t>6,7952</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>French Polynesia</t>
   </si>
   <si>
-    <t>14,3619</t>
+    <t>14,9287</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>3,7638</t>
+    <t>3,9124</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre and Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Puerto Rico</t>
   </si>
   <si>
-    <t>11,6876</t>
+    <t>12,1489</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Reunion</t>
   </si>
   <si>
-    <t>25,5543</t>
+    <t>26,5629</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Russian Federation</t>
   </si>
   <si>
-    <t>6,656</t>
+    <t>6,9187</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Saudi Arabia</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>11,0933</t>
+    <t>11,5312</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
-    <t>7,1908</t>
+    <t>7,4747</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>11,9649</t>
+    <t>12,4372</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somalia</t>
   </si>
   <si>
-    <t>15,9466</t>
+    <t>16,5761</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Suriname</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome and Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Syrian Arab Republic</t>
   </si>
   <si>
-    <t>14,0647</t>
+    <t>14,6199</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Swaziland</t>
   </si>
   <si>
-    <t>13,5497</t>
+    <t>14,0845</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Chad</t>
   </si>
   <si>
-    <t>12,7573</t>
+    <t>13,2608</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tajikistan</t>
   </si>
   <si>
-    <t>13,2724</t>
+    <t>13,7962</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Turkmenistan</t>
   </si>
   <si>
-    <t>4,5562</t>
+    <t>4,736</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
-    <t>1,5848</t>
+    <t>1,6473</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad and Tobago</t>
   </si>
   <si>
-    <t>19,8095</t>
+    <t>20,5914</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>United Republic of Tanzania</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1547,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>British Virgin Islands</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>US Virgin Islands</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>19,651</t>
+    <t>20,4266</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>11,4103</t>
+    <t>11,8606</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks and Caicos Islands</t>
   </si>