--- v2 (2026-02-01)
+++ v3 (2026-03-18)
@@ -32,1485 +32,1485 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>Sequence Number</t>
   </si>
   <si>
     <t>Country Code</t>
   </si>
   <si>
     <t>Country Name</t>
   </si>
   <si>
     <t>Unit Amount (TRY)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>9,122</t>
+    <t>9,0358</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
-    <t>5,3538</t>
+    <t>5,3032</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afghanistan</t>
   </si>
   <si>
-    <t>10,7075</t>
+    <t>10,6064</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua and Barbuda</t>
   </si>
   <si>
-    <t>13,5285</t>
+    <t>13,4007</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Albania</t>
   </si>
   <si>
-    <t>12,3548</t>
+    <t>12,2381</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Armenia</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angola</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
-    <t>10,0898</t>
+    <t>9,9945</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
-    <t>5,8068</t>
+    <t>5,7519</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbaijan</t>
   </si>
   <si>
-    <t>17,5027</t>
+    <t>17,3373</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosnia and Herzegovina</t>
   </si>
   <si>
-    <t>5,5597</t>
+    <t>5,5071</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>10,9134</t>
+    <t>10,8103</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
-    <t>14,414</t>
+    <t>14,2778</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
-    <t>8,4425</t>
+    <t>8,3627</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahrain</t>
   </si>
   <si>
-    <t>3,2946</t>
+    <t>3,2635</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>11,6135</t>
+    <t>11,5038</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>12,9726</t>
+    <t>12,85</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>11,943</t>
+    <t>11,8302</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivia</t>
   </si>
   <si>
-    <t>15,2376</t>
+    <t>15,0937</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
-    <t>3,3152</t>
+    <t>3,2839</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamas</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Bhutan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>4,4271</t>
+    <t>4,3853</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Democratic Republic of the Congo</t>
   </si>
   <si>
-    <t>121,4891</t>
+    <t>120,3414</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Central African Republic</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Congo</t>
   </si>
   <si>
-    <t>8,0306</t>
+    <t>7,9548</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
-    <t>7,7218</t>
+    <t>7,6488</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Cote d'Ivoire</t>
   </si>
   <si>
-    <t>8,8316</t>
+    <t>8,7482</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Cameroon</t>
   </si>
   <si>
-    <t>7,0011</t>
+    <t>6,9349</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>4,9419</t>
+    <t>4,8952</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
-    <t>6,3833</t>
+    <t>6,323</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Cuba</t>
   </si>
   <si>
-    <t>18,7793</t>
+    <t>18,6019</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
-    <t>3,7064</t>
+    <t>3,6714</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Czech Republic</t>
   </si>
   <si>
-    <t>7,4129</t>
+    <t>7,3429</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>12,7049</t>
+    <t>12,5849</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Djibouti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
-    <t>4,1595</t>
+    <t>4,1202</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominica</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
-    <t>7,6188</t>
+    <t>7,5468</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
-    <t>18,1204</t>
+    <t>17,9492</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
-    <t>8,8543</t>
+    <t>8,7706</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>10,5016</t>
+    <t>10,4024</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritrea</t>
   </si>
   <si>
-    <t>11,5929</t>
+    <t>11,4834</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>8,2983</t>
+    <t>8,2199</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
-    <t>9,6779</t>
+    <t>9,5865</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>18,3263</t>
+    <t>18,1532</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Islands (Malvinas)</t>
   </si>
   <si>
-    <t>11,3253</t>
+    <t>11,2183</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Micronesia, Federated States of</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Islands</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
-    <t>9,2661</t>
+    <t>9,1786</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>13,3844</t>
+    <t>13,2579</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
-    <t>13,2814</t>
+    <t>13,156</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Gibraltar</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Greenland</t>
   </si>
   <si>
-    <t>2,471</t>
+    <t>2,4476</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambia</t>
   </si>
   <si>
-    <t>10,2339</t>
+    <t>10,1372</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Guinea</t>
   </si>
   <si>
-    <t>16,4731</t>
+    <t>16,3175</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>19,3559</t>
+    <t>19,173</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Equatorial Guinea</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
-    <t>8,2365</t>
+    <t>8,1587</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Guinea-Bissau</t>
   </si>
   <si>
-    <t>16,2878</t>
+    <t>16,1339</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
-    <t>11,7371</t>
+    <t>11,6262</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
-    <t>6,5892</t>
+    <t>6,527</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
-    <t>9,472</t>
+    <t>9,3825</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Iraq</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>Iran, Islamic Republic of</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
-    <t>7,8247</t>
+    <t>7,7508</t>
   </si>
   <si>
     <t>JM</t>
   </si>
   <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
-    <t>14,8258</t>
+    <t>14,6857</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KG</t>
   </si>
   <si>
     <t>Kyrgyzstan</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
-    <t>8,566</t>
+    <t>8,4851</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>9,9456</t>
+    <t>9,8517</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Comoros</t>
   </si>
   <si>
-    <t>9,4103</t>
+    <t>9,3214</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>Saint Kitts and Nevis</t>
   </si>
   <si>
-    <t>12,5607</t>
+    <t>12,4421</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Korea, Democratic People's Republic of</t>
   </si>
   <si>
-    <t>14,3728</t>
+    <t>14,237</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Korea, Republic of</t>
   </si>
   <si>
-    <t>4,3242</t>
+    <t>4,2833</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Kuwait</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Cayman Islands</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Lebanon</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>9,8839</t>
+    <t>9,7905</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>LS</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
-    <t>7,207</t>
+    <t>7,1389</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Monaco</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moldova, Republic of</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Montenegro</t>
   </si>
   <si>
-    <t>5,7656</t>
+    <t>5,7111</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>Madagascar</t>
   </si>
   <si>
-    <t>11,1193</t>
+    <t>11,0143</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marshall Islands</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Macedonia, the Former Yugoslav Republic of</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Mongolia</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinique</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Mauritania</t>
   </si>
   <si>
-    <t>24,7096</t>
+    <t>24,4762</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>19,603</t>
+    <t>19,4178</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldives</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>4,9831</t>
+    <t>4,936</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambique</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>New Caledonia</t>
   </si>
   <si>
-    <t>24,0301</t>
+    <t>23,8031</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Niger</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
-    <t>3,5005</t>
+    <t>3,4675</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>13,5903</t>
+    <t>13,4619</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
-    <t>7,7629</t>
+    <t>7,6896</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>18,5322</t>
+    <t>18,3572</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
-    <t>14,208</t>
+    <t>14,0738</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Oman</t>
   </si>
   <si>
-    <t>5,1478</t>
+    <t>5,0992</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>6,7952</t>
+    <t>6,731</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>French Polynesia</t>
   </si>
   <si>
-    <t>14,9287</t>
+    <t>14,7877</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>3,9124</t>
+    <t>3,8754</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre and Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Puerto Rico</t>
   </si>
   <si>
-    <t>12,1489</t>
+    <t>12,0341</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Reunion</t>
   </si>
   <si>
-    <t>26,5629</t>
+    <t>26,3119</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Russian Federation</t>
   </si>
   <si>
-    <t>6,9187</t>
+    <t>6,8533</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Saudi Arabia</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>11,5312</t>
+    <t>11,4222</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
-    <t>7,4747</t>
+    <t>7,4041</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>12,4372</t>
+    <t>12,3197</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somalia</t>
   </si>
   <si>
-    <t>16,5761</t>
+    <t>16,4195</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Suriname</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome and Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Syrian Arab Republic</t>
   </si>
   <si>
-    <t>14,6199</t>
+    <t>14,4818</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Swaziland</t>
   </si>
   <si>
-    <t>14,0845</t>
+    <t>13,9514</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Chad</t>
   </si>
   <si>
-    <t>13,2608</t>
+    <t>13,1356</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tajikistan</t>
   </si>
   <si>
-    <t>13,7962</t>
+    <t>13,6659</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Turkmenistan</t>
   </si>
   <si>
-    <t>4,736</t>
+    <t>4,6913</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
-    <t>1,6473</t>
+    <t>1,6317</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad and Tobago</t>
   </si>
   <si>
-    <t>20,5914</t>
+    <t>20,3968</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>United Republic of Tanzania</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1547,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>British Virgin Islands</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>US Virgin Islands</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>20,4266</t>
+    <t>20,2337</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>11,8606</t>
+    <t>11,7486</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks and Caicos Islands</t>
   </si>