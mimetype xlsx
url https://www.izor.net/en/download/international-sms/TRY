--- v3 (2026-03-18)
+++ v4 (2026-03-18)
@@ -32,1485 +32,1485 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>Sequence Number</t>
   </si>
   <si>
     <t>Country Code</t>
   </si>
   <si>
     <t>Country Name</t>
   </si>
   <si>
     <t>Unit Amount (TRY)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>9,0358</t>
+    <t>9,0391</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
-    <t>5,3032</t>
+    <t>5,3051</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afghanistan</t>
   </si>
   <si>
-    <t>10,6064</t>
+    <t>10,6103</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua and Barbuda</t>
   </si>
   <si>
-    <t>13,4007</t>
+    <t>13,4057</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Albania</t>
   </si>
   <si>
-    <t>12,2381</t>
+    <t>12,2426</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Armenia</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angola</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
-    <t>9,9945</t>
+    <t>9,9981</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
-    <t>5,7519</t>
+    <t>5,754</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbaijan</t>
   </si>
   <si>
-    <t>17,3373</t>
+    <t>17,3437</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosnia and Herzegovina</t>
   </si>
   <si>
-    <t>5,5071</t>
+    <t>5,5092</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>10,8103</t>
+    <t>10,8143</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
-    <t>14,2778</t>
+    <t>14,283</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
-    <t>8,3627</t>
+    <t>8,3658</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahrain</t>
   </si>
   <si>
-    <t>3,2635</t>
+    <t>3,2647</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>11,5038</t>
+    <t>11,5081</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>12,85</t>
+    <t>12,8547</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>11,8302</t>
+    <t>11,8345</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivia</t>
   </si>
   <si>
-    <t>15,0937</t>
+    <t>15,0992</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
-    <t>3,2839</t>
+    <t>3,2851</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamas</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Bhutan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>4,3853</t>
+    <t>4,3869</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Democratic Republic of the Congo</t>
   </si>
   <si>
-    <t>120,3414</t>
+    <t>120,3857</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Central African Republic</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Congo</t>
   </si>
   <si>
-    <t>7,9548</t>
+    <t>7,9577</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
-    <t>7,6488</t>
+    <t>7,6516</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Cote d'Ivoire</t>
   </si>
   <si>
-    <t>8,7482</t>
+    <t>8,7514</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Cameroon</t>
   </si>
   <si>
-    <t>6,9349</t>
+    <t>6,9375</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>4,8952</t>
+    <t>4,897</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
-    <t>6,323</t>
+    <t>6,3253</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Cuba</t>
   </si>
   <si>
-    <t>18,6019</t>
+    <t>18,6088</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
-    <t>3,6714</t>
+    <t>3,6728</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Czech Republic</t>
   </si>
   <si>
-    <t>7,3429</t>
+    <t>7,3456</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>12,5849</t>
+    <t>12,5895</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Djibouti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
-    <t>4,1202</t>
+    <t>4,1217</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominica</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
-    <t>7,5468</t>
+    <t>7,5496</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
-    <t>17,9492</t>
+    <t>17,9558</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
-    <t>8,7706</t>
+    <t>8,7739</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>10,4024</t>
+    <t>10,4062</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritrea</t>
   </si>
   <si>
-    <t>11,4834</t>
+    <t>11,4877</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>8,2199</t>
+    <t>8,223</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
-    <t>9,5865</t>
+    <t>9,59</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>18,1532</t>
+    <t>18,1599</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Islands (Malvinas)</t>
   </si>
   <si>
-    <t>11,2183</t>
+    <t>11,2224</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Micronesia, Federated States of</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Islands</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
-    <t>9,1786</t>
+    <t>9,182</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>13,2579</t>
+    <t>13,2628</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
-    <t>13,156</t>
+    <t>13,1608</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Gibraltar</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Greenland</t>
   </si>
   <si>
-    <t>2,4476</t>
+    <t>2,4485</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambia</t>
   </si>
   <si>
-    <t>10,1372</t>
+    <t>10,141</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Guinea</t>
   </si>
   <si>
-    <t>16,3175</t>
+    <t>16,3235</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>19,173</t>
+    <t>19,1801</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Equatorial Guinea</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
-    <t>8,1587</t>
+    <t>8,1617</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Guinea-Bissau</t>
   </si>
   <si>
-    <t>16,1339</t>
+    <t>16,1398</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
-    <t>11,6262</t>
+    <t>11,6305</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
-    <t>6,527</t>
+    <t>6,5294</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
-    <t>9,3825</t>
+    <t>9,386</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Iraq</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>Iran, Islamic Republic of</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
-    <t>7,7508</t>
+    <t>7,7537</t>
   </si>
   <si>
     <t>JM</t>
   </si>
   <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
-    <t>14,6857</t>
+    <t>14,6911</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KG</t>
   </si>
   <si>
     <t>Kyrgyzstan</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
-    <t>8,4851</t>
+    <t>8,4882</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>9,8517</t>
+    <t>9,8553</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Comoros</t>
   </si>
   <si>
-    <t>9,3214</t>
+    <t>9,3248</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>Saint Kitts and Nevis</t>
   </si>
   <si>
-    <t>12,4421</t>
+    <t>12,4467</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Korea, Democratic People's Republic of</t>
   </si>
   <si>
-    <t>14,237</t>
+    <t>14,2422</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Korea, Republic of</t>
   </si>
   <si>
-    <t>4,2833</t>
+    <t>4,2849</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Kuwait</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Cayman Islands</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Lebanon</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>9,7905</t>
+    <t>9,7941</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>LS</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
-    <t>7,1389</t>
+    <t>7,1415</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Monaco</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moldova, Republic of</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Montenegro</t>
   </si>
   <si>
-    <t>5,7111</t>
+    <t>5,7132</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>Madagascar</t>
   </si>
   <si>
-    <t>11,0143</t>
+    <t>11,0183</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marshall Islands</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Macedonia, the Former Yugoslav Republic of</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Mongolia</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinique</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Mauritania</t>
   </si>
   <si>
-    <t>24,4762</t>
+    <t>24,4852</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>19,4178</t>
+    <t>19,4249</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldives</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>4,936</t>
+    <t>4,9379</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambique</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>New Caledonia</t>
   </si>
   <si>
-    <t>23,8031</t>
+    <t>23,8119</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Niger</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
-    <t>3,4675</t>
+    <t>3,4687</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>13,4619</t>
+    <t>13,4669</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
-    <t>7,6896</t>
+    <t>7,6924</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>18,3572</t>
+    <t>18,3639</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
-    <t>14,0738</t>
+    <t>14,079</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Oman</t>
   </si>
   <si>
-    <t>5,0992</t>
+    <t>5,1011</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>6,731</t>
+    <t>6,7334</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>French Polynesia</t>
   </si>
   <si>
-    <t>14,7877</t>
+    <t>14,7932</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>3,8754</t>
+    <t>3,8768</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre and Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Puerto Rico</t>
   </si>
   <si>
-    <t>12,0341</t>
+    <t>12,0386</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Reunion</t>
   </si>
   <si>
-    <t>26,3119</t>
+    <t>26,3216</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Russian Federation</t>
   </si>
   <si>
-    <t>6,8533</t>
+    <t>6,8559</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Saudi Arabia</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>11,4222</t>
+    <t>11,4264</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
-    <t>7,4041</t>
+    <t>7,4068</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>12,3197</t>
+    <t>12,3242</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somalia</t>
   </si>
   <si>
-    <t>16,4195</t>
+    <t>16,4255</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Suriname</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome and Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Syrian Arab Republic</t>
   </si>
   <si>
-    <t>14,4818</t>
+    <t>14,4871</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Swaziland</t>
   </si>
   <si>
-    <t>13,9514</t>
+    <t>13,9566</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Chad</t>
   </si>
   <si>
-    <t>13,1356</t>
+    <t>13,1404</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tajikistan</t>
   </si>
   <si>
-    <t>13,6659</t>
+    <t>13,6709</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Turkmenistan</t>
   </si>
   <si>
-    <t>4,6913</t>
+    <t>4,693</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
-    <t>1,6317</t>
+    <t>1,6323</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad and Tobago</t>
   </si>
   <si>
-    <t>20,3968</t>
+    <t>20,4044</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>United Republic of Tanzania</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1547,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>British Virgin Islands</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>US Virgin Islands</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>20,2337</t>
+    <t>20,2411</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>11,7486</t>
+    <t>11,7529</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks and Caicos Islands</t>
   </si>