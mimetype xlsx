--- v0 (2025-10-19)
+++ v1 (2025-12-16)
@@ -32,1485 +32,1485 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>Sıra No</t>
   </si>
   <si>
     <t>Ülke Kodu</t>
   </si>
   <si>
     <t>Ülke Adı</t>
   </si>
   <si>
     <t>Birim Tutar (TRY)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>8,6535</t>
+    <t>8,894</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>Birleşik Arap Emirlikleri</t>
   </si>
   <si>
-    <t>5,0788</t>
+    <t>5,22</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afganistan</t>
   </si>
   <si>
-    <t>10,1576</t>
+    <t>10,4399</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua ve Barbuda</t>
   </si>
   <si>
-    <t>12,8337</t>
+    <t>13,1904</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Arnavutluk</t>
   </si>
   <si>
-    <t>11,7203</t>
+    <t>12,046</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Ermenistan</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angora</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Arjantin</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Avusturya</t>
   </si>
   <si>
-    <t>9,5715</t>
+    <t>9,8376</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Avustralya</t>
   </si>
   <si>
-    <t>5,5085</t>
+    <t>5,6616</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbaycan</t>
   </si>
   <si>
-    <t>16,6037</t>
+    <t>17,0652</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosna Hersek</t>
   </si>
   <si>
-    <t>5,2741</t>
+    <t>5,4207</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>10,3529</t>
+    <t>10,6407</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladeş</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belçika</t>
   </si>
   <si>
-    <t>13,6736</t>
+    <t>14,0537</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaristan</t>
   </si>
   <si>
-    <t>8,0088</t>
+    <t>8,2315</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahreyn</t>
   </si>
   <si>
-    <t>3,1254</t>
+    <t>3,2123</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>11,017</t>
+    <t>11,3233</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>12,3063</t>
+    <t>12,6483</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>11,3296</t>
+    <t>11,6445</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivya</t>
   </si>
   <si>
-    <t>14,455</t>
+    <t>14,8568</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brezilya</t>
   </si>
   <si>
-    <t>3,1449</t>
+    <t>3,2324</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamalar</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Butan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botsvana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>4,1998</t>
+    <t>4,3165</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Kanada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Kongo Demokratik Cumhuriyeti</t>
   </si>
   <si>
-    <t>115,2492</t>
+    <t>118,4527</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Orta Afrika Cumhuriyeti</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Kongo</t>
   </si>
   <si>
-    <t>7,6182</t>
+    <t>7,8299</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>İsviçre</t>
   </si>
   <si>
-    <t>7,3252</t>
+    <t>7,5288</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Fildişi Sahili</t>
   </si>
   <si>
-    <t>8,378</t>
+    <t>8,6109</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Adaları</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Şili</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Kamerun</t>
   </si>
   <si>
-    <t>6,6415</t>
+    <t>6,8261</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>Çin</t>
   </si>
   <si>
-    <t>4,6881</t>
+    <t>4,8184</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Kolombiya</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Kosta Rika</t>
   </si>
   <si>
-    <t>6,0555</t>
+    <t>6,2238</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Küba</t>
   </si>
   <si>
-    <t>17,8148</t>
+    <t>18,31</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Kıbrıs</t>
   </si>
   <si>
-    <t>3,5161</t>
+    <t>3,6138</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Çek Cumhuriyeti</t>
   </si>
   <si>
-    <t>7,0322</t>
+    <t>7,2276</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Almanya</t>
   </si>
   <si>
-    <t>12,0523</t>
+    <t>12,3873</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Cibuti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Danimarka</t>
   </si>
   <si>
-    <t>3,9458</t>
+    <t>4,0555</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominika</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominik Cumhuriyeti</t>
   </si>
   <si>
-    <t>7,2275</t>
+    <t>7,4284</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Cezayir</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ekvador</t>
   </si>
   <si>
-    <t>17,1897</t>
+    <t>17,6675</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonya</t>
   </si>
   <si>
-    <t>8,3995</t>
+    <t>8,633</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Mısır</t>
   </si>
   <si>
-    <t>9,9622</t>
+    <t>10,2391</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritre</t>
   </si>
   <si>
-    <t>10,9975</t>
+    <t>11,3032</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>ispanya</t>
   </si>
   <si>
-    <t>7,8721</t>
+    <t>8,0909</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Etiyopya</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finlandiya</t>
   </si>
   <si>
-    <t>9,1809</t>
+    <t>9,4361</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>17,385</t>
+    <t>17,8683</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Adaları (Malvinas)</t>
   </si>
   <si>
-    <t>10,7436</t>
+    <t>11,0422</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Mikronezya, Federe Devletleri</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Adaları</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Fransa</t>
   </si>
   <si>
-    <t>8,7902</t>
+    <t>9,0345</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>12,6969</t>
+    <t>13,0499</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Birleşik Krallık</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Gürcistan</t>
   </si>
   <si>
-    <t>12,5993</t>
+    <t>12,9495</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Gana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Cebelitarık</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Grönland</t>
   </si>
   <si>
-    <t>2,3441</t>
+    <t>2,4092</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambiya</t>
   </si>
   <si>
-    <t>9,7083</t>
+    <t>9,9781</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Gine</t>
   </si>
   <si>
-    <t>15,627</t>
+    <t>16,0614</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>18,3617</t>
+    <t>18,8721</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Ekvator Ginesi</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Yunanistan</t>
   </si>
   <si>
-    <t>7,8135</t>
+    <t>8,0307</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Gine-Bissau</t>
   </si>
   <si>
-    <t>15,4512</t>
+    <t>15,8807</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Hırvatistan</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Macaristan</t>
   </si>
   <si>
-    <t>11,1342</t>
+    <t>11,4437</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Endonezya</t>
   </si>
   <si>
-    <t>6,2508</t>
+    <t>6,4246</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>İrlanda</t>
   </si>
   <si>
-    <t>8,9855</t>
+    <t>9,2353</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>İsrail</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>Hindistan</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Irak</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>İran, İslam Cumhuriyeti</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>İzlanda</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>İtalya</t>
   </si>
   <si>
-    <t>7,4228</t>
+    <t>7,6292</t>
   </si>
   <si>
     <t>JM</t>
   </si>
   <si>
     <t>Jamaika</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Ürdün</t>
   </si>
   <si>
-    <t>14,0643</t>
+    <t>14,4552</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Japonya</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KG</t>
   </si>
   <si>
     <t>Kırgızistan</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Kamboçya</t>
   </si>
   <si>
-    <t>8,126</t>
+    <t>8,3519</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>9,4348</t>
+    <t>9,6971</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Komorlar</t>
   </si>
   <si>
-    <t>8,9269</t>
+    <t>9,1751</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>Saint Kitts ve Nevis</t>
   </si>
   <si>
-    <t>11,9156</t>
+    <t>12,2468</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Kore Demokratik Halk Cumhuriyeti</t>
   </si>
   <si>
-    <t>13,6346</t>
+    <t>14,0136</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Kore Cumhuriyeti</t>
   </si>
   <si>
-    <t>4,1021</t>
+    <t>4,2161</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Kuveyt</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Cayman Adaları</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lao Halkı'nın Demokratik Cumhuriyeti</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Lübnan</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Lihtenştayn</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>9,3762</t>
+    <t>9,6368</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>Liberya</t>
   </si>
   <si>
     <t>LS</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Litvanya</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Lüksemburg</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Letonya</t>
   </si>
   <si>
-    <t>6,8368</t>
+    <t>7,0269</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Fas</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Monako</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moldova, Cumhuriyeti</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Karadağ</t>
   </si>
   <si>
-    <t>5,4695</t>
+    <t>5,6215</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>Madagaskar</t>
   </si>
   <si>
-    <t>10,5482</t>
+    <t>10,8414</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marşal Adaları</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Makedonya, Eski Yugoslav Cumhuriyeti</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Moğolistan</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinik</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Moritanya</t>
   </si>
   <si>
-    <t>23,4405</t>
+    <t>24,0921</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>18,5961</t>
+    <t>19,113</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldivler</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Meksika</t>
   </si>
   <si>
-    <t>4,7272</t>
+    <t>4,8586</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malezya</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambik</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibya</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>Yeni Kaledonya</t>
   </si>
   <si>
-    <t>22,7959</t>
+    <t>23,4295</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Nijer</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nijerya</t>
   </si>
   <si>
-    <t>3,3207</t>
+    <t>3,413</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nikaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Hollanda</t>
   </si>
   <si>
-    <t>12,8923</t>
+    <t>13,2506</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norveç</t>
   </si>
   <si>
-    <t>7,3642</t>
+    <t>7,5689</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>17,5804</t>
+    <t>18,0691</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>Yeni Zelanda</t>
   </si>
   <si>
-    <t>13,4783</t>
+    <t>13,8529</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Umman</t>
   </si>
   <si>
-    <t>4,8834</t>
+    <t>5,0192</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>6,4461</t>
+    <t>6,6253</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>Fransız Polinezyası</t>
   </si>
   <si>
-    <t>14,162</t>
+    <t>14,5556</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua Yeni Gine</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Filipinler</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>3,7114</t>
+    <t>3,8146</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Polonya</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre ve Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Porto Riko</t>
   </si>
   <si>
-    <t>11,5249</t>
+    <t>11,8453</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portekiz</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Katar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Mayotte</t>
   </si>
   <si>
-    <t>25,1985</t>
+    <t>25,899</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romanya</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Sırbistan</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Rusya Federasyonu</t>
   </si>
   <si>
-    <t>6,5633</t>
+    <t>6,7458</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Ruanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Suudi Arabistan</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Adaları</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seyşeller</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>10,9389</t>
+    <t>11,243</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>İsveç</t>
   </si>
   <si>
-    <t>7,0908</t>
+    <t>7,2879</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapur</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenya</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakya</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>11,7984</t>
+    <t>12,1263</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somali</t>
   </si>
   <si>
-    <t>15,7247</t>
+    <t>16,1618</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Surinam</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome ve Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Suriye Arap Cumhuriyeti</t>
   </si>
   <si>
-    <t>13,869</t>
+    <t>14,2545</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Svaziland</t>
   </si>
   <si>
-    <t>13,3611</t>
+    <t>13,7325</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Çad</t>
   </si>
   <si>
-    <t>12,5797</t>
+    <t>12,9294</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Tayland</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tacikistan</t>
   </si>
   <si>
-    <t>13,0876</t>
+    <t>13,4514</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Türkmenistan</t>
   </si>
   <si>
-    <t>4,4928</t>
+    <t>4,6176</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunus</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
-    <t>1,5627</t>
+    <t>1,6061</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad ve Tobago</t>
   </si>
   <si>
-    <t>19,5338</t>
+    <t>20,0767</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Tayvan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>Tanzanya Birleşik Cumhuriyeti</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukrayna</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1547,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>İngiliz Virgin Adaları</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>ABD Virgin Adaları</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>19,3775</t>
+    <t>19,9161</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>11,2514</t>
+    <t>11,5642</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>Güney Afrika</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambiya</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabve</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks ve Caicos Adaları</t>
   </si>