--- v1 (2025-12-16)
+++ v2 (2026-01-31)
@@ -32,1485 +32,1485 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>Sıra No</t>
   </si>
   <si>
     <t>Ülke Kodu</t>
   </si>
   <si>
     <t>Ülke Adı</t>
   </si>
   <si>
     <t>Birim Tutar (TRY)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>8,894</t>
+    <t>9,122</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>Birleşik Arap Emirlikleri</t>
   </si>
   <si>
-    <t>5,22</t>
+    <t>5,3538</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afganistan</t>
   </si>
   <si>
-    <t>10,4399</t>
+    <t>10,7075</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua ve Barbuda</t>
   </si>
   <si>
-    <t>13,1904</t>
+    <t>13,5285</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Arnavutluk</t>
   </si>
   <si>
-    <t>12,046</t>
+    <t>12,3548</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Ermenistan</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angora</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Arjantin</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Avusturya</t>
   </si>
   <si>
-    <t>9,8376</t>
+    <t>10,0898</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Avustralya</t>
   </si>
   <si>
-    <t>5,6616</t>
+    <t>5,8068</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbaycan</t>
   </si>
   <si>
-    <t>17,0652</t>
+    <t>17,5027</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosna Hersek</t>
   </si>
   <si>
-    <t>5,4207</t>
+    <t>5,5597</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>10,6407</t>
+    <t>10,9134</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladeş</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belçika</t>
   </si>
   <si>
-    <t>14,0537</t>
+    <t>14,414</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaristan</t>
   </si>
   <si>
-    <t>8,2315</t>
+    <t>8,4425</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahreyn</t>
   </si>
   <si>
-    <t>3,2123</t>
+    <t>3,2946</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>11,3233</t>
+    <t>11,6135</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>12,6483</t>
+    <t>12,9726</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>11,6445</t>
+    <t>11,943</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivya</t>
   </si>
   <si>
-    <t>14,8568</t>
+    <t>15,2376</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brezilya</t>
   </si>
   <si>
-    <t>3,2324</t>
+    <t>3,3152</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamalar</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Butan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botsvana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>4,3165</t>
+    <t>4,4271</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Kanada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Kongo Demokratik Cumhuriyeti</t>
   </si>
   <si>
-    <t>118,4527</t>
+    <t>121,4891</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Orta Afrika Cumhuriyeti</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Kongo</t>
   </si>
   <si>
-    <t>7,8299</t>
+    <t>8,0306</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>İsviçre</t>
   </si>
   <si>
-    <t>7,5288</t>
+    <t>7,7218</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Fildişi Sahili</t>
   </si>
   <si>
-    <t>8,6109</t>
+    <t>8,8316</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Adaları</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Şili</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Kamerun</t>
   </si>
   <si>
-    <t>6,8261</t>
+    <t>7,0011</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>Çin</t>
   </si>
   <si>
-    <t>4,8184</t>
+    <t>4,9419</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Kolombiya</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Kosta Rika</t>
   </si>
   <si>
-    <t>6,2238</t>
+    <t>6,3833</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Küba</t>
   </si>
   <si>
-    <t>18,31</t>
+    <t>18,7793</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Kıbrıs</t>
   </si>
   <si>
-    <t>3,6138</t>
+    <t>3,7064</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Çek Cumhuriyeti</t>
   </si>
   <si>
-    <t>7,2276</t>
+    <t>7,4129</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Almanya</t>
   </si>
   <si>
-    <t>12,3873</t>
+    <t>12,7049</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Cibuti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Danimarka</t>
   </si>
   <si>
-    <t>4,0555</t>
+    <t>4,1595</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominika</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominik Cumhuriyeti</t>
   </si>
   <si>
-    <t>7,4284</t>
+    <t>7,6188</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Cezayir</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ekvador</t>
   </si>
   <si>
-    <t>17,6675</t>
+    <t>18,1204</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonya</t>
   </si>
   <si>
-    <t>8,633</t>
+    <t>8,8543</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Mısır</t>
   </si>
   <si>
-    <t>10,2391</t>
+    <t>10,5016</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritre</t>
   </si>
   <si>
-    <t>11,3032</t>
+    <t>11,5929</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>ispanya</t>
   </si>
   <si>
-    <t>8,0909</t>
+    <t>8,2983</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Etiyopya</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finlandiya</t>
   </si>
   <si>
-    <t>9,4361</t>
+    <t>9,6779</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>17,8683</t>
+    <t>18,3263</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Adaları (Malvinas)</t>
   </si>
   <si>
-    <t>11,0422</t>
+    <t>11,3253</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Mikronezya, Federe Devletleri</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Adaları</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Fransa</t>
   </si>
   <si>
-    <t>9,0345</t>
+    <t>9,2661</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>13,0499</t>
+    <t>13,3844</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Birleşik Krallık</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Gürcistan</t>
   </si>
   <si>
-    <t>12,9495</t>
+    <t>13,2814</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Gana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Cebelitarık</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Grönland</t>
   </si>
   <si>
-    <t>2,4092</t>
+    <t>2,471</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambiya</t>
   </si>
   <si>
-    <t>9,9781</t>
+    <t>10,2339</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Gine</t>
   </si>
   <si>
-    <t>16,0614</t>
+    <t>16,4731</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>18,8721</t>
+    <t>19,3559</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Ekvator Ginesi</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Yunanistan</t>
   </si>
   <si>
-    <t>8,0307</t>
+    <t>8,2365</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Gine-Bissau</t>
   </si>
   <si>
-    <t>15,8807</t>
+    <t>16,2878</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Hırvatistan</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Macaristan</t>
   </si>
   <si>
-    <t>11,4437</t>
+    <t>11,7371</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Endonezya</t>
   </si>
   <si>
-    <t>6,4246</t>
+    <t>6,5892</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>İrlanda</t>
   </si>
   <si>
-    <t>9,2353</t>
+    <t>9,472</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>İsrail</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>Hindistan</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Irak</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>İran, İslam Cumhuriyeti</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>İzlanda</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>İtalya</t>
   </si>
   <si>
-    <t>7,6292</t>
+    <t>7,8247</t>
   </si>
   <si>
     <t>JM</t>
   </si>
   <si>
     <t>Jamaika</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Ürdün</t>
   </si>
   <si>
-    <t>14,4552</t>
+    <t>14,8258</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Japonya</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KG</t>
   </si>
   <si>
     <t>Kırgızistan</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Kamboçya</t>
   </si>
   <si>
-    <t>8,3519</t>
+    <t>8,566</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>9,6971</t>
+    <t>9,9456</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Komorlar</t>
   </si>
   <si>
-    <t>9,1751</t>
+    <t>9,4103</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>Saint Kitts ve Nevis</t>
   </si>
   <si>
-    <t>12,2468</t>
+    <t>12,5607</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Kore Demokratik Halk Cumhuriyeti</t>
   </si>
   <si>
-    <t>14,0136</t>
+    <t>14,3728</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Kore Cumhuriyeti</t>
   </si>
   <si>
-    <t>4,2161</t>
+    <t>4,3242</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Kuveyt</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Cayman Adaları</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lao Halkı'nın Demokratik Cumhuriyeti</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Lübnan</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Lihtenştayn</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>9,6368</t>
+    <t>9,8839</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>Liberya</t>
   </si>
   <si>
     <t>LS</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Litvanya</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Lüksemburg</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Letonya</t>
   </si>
   <si>
-    <t>7,0269</t>
+    <t>7,207</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Fas</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Monako</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moldova, Cumhuriyeti</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Karadağ</t>
   </si>
   <si>
-    <t>5,6215</t>
+    <t>5,7656</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>Madagaskar</t>
   </si>
   <si>
-    <t>10,8414</t>
+    <t>11,1193</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marşal Adaları</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Makedonya, Eski Yugoslav Cumhuriyeti</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Moğolistan</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinik</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Moritanya</t>
   </si>
   <si>
-    <t>24,0921</t>
+    <t>24,7096</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>19,113</t>
+    <t>19,603</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldivler</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Meksika</t>
   </si>
   <si>
-    <t>4,8586</t>
+    <t>4,9831</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malezya</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambik</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibya</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>Yeni Kaledonya</t>
   </si>
   <si>
-    <t>23,4295</t>
+    <t>24,0301</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Nijer</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nijerya</t>
   </si>
   <si>
-    <t>3,413</t>
+    <t>3,5005</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nikaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Hollanda</t>
   </si>
   <si>
-    <t>13,2506</t>
+    <t>13,5903</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norveç</t>
   </si>
   <si>
-    <t>7,5689</t>
+    <t>7,7629</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>18,0691</t>
+    <t>18,5322</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>Yeni Zelanda</t>
   </si>
   <si>
-    <t>13,8529</t>
+    <t>14,208</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Umman</t>
   </si>
   <si>
-    <t>5,0192</t>
+    <t>5,1478</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>6,6253</t>
+    <t>6,7952</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>Fransız Polinezyası</t>
   </si>
   <si>
-    <t>14,5556</t>
+    <t>14,9287</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua Yeni Gine</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Filipinler</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>3,8146</t>
+    <t>3,9124</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Polonya</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre ve Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Porto Riko</t>
   </si>
   <si>
-    <t>11,8453</t>
+    <t>12,1489</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portekiz</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Katar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Mayotte</t>
   </si>
   <si>
-    <t>25,899</t>
+    <t>26,5629</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romanya</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Sırbistan</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Rusya Federasyonu</t>
   </si>
   <si>
-    <t>6,7458</t>
+    <t>6,9187</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Ruanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Suudi Arabistan</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Adaları</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seyşeller</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>11,243</t>
+    <t>11,5312</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>İsveç</t>
   </si>
   <si>
-    <t>7,2879</t>
+    <t>7,4747</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapur</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenya</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakya</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>12,1263</t>
+    <t>12,4372</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somali</t>
   </si>
   <si>
-    <t>16,1618</t>
+    <t>16,5761</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Surinam</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome ve Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Suriye Arap Cumhuriyeti</t>
   </si>
   <si>
-    <t>14,2545</t>
+    <t>14,6199</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Svaziland</t>
   </si>
   <si>
-    <t>13,7325</t>
+    <t>14,0845</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Çad</t>
   </si>
   <si>
-    <t>12,9294</t>
+    <t>13,2608</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Tayland</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tacikistan</t>
   </si>
   <si>
-    <t>13,4514</t>
+    <t>13,7962</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Türkmenistan</t>
   </si>
   <si>
-    <t>4,6176</t>
+    <t>4,736</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunus</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
-    <t>1,6061</t>
+    <t>1,6473</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad ve Tobago</t>
   </si>
   <si>
-    <t>20,0767</t>
+    <t>20,5914</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Tayvan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>Tanzanya Birleşik Cumhuriyeti</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukrayna</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1547,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>İngiliz Virgin Adaları</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>ABD Virgin Adaları</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>19,9161</t>
+    <t>20,4266</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>11,5642</t>
+    <t>11,8606</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>Güney Afrika</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambiya</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabve</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks ve Caicos Adaları</t>
   </si>