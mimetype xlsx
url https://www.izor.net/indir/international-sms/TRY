--- v2 (2026-01-31)
+++ v3 (2026-03-18)
@@ -32,1485 +32,1485 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>Sıra No</t>
   </si>
   <si>
     <t>Ülke Kodu</t>
   </si>
   <si>
     <t>Ülke Adı</t>
   </si>
   <si>
     <t>Birim Tutar (TRY)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>9,122</t>
+    <t>9,0471</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>Birleşik Arap Emirlikleri</t>
   </si>
   <si>
-    <t>5,3538</t>
+    <t>5,3098</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afganistan</t>
   </si>
   <si>
-    <t>10,7075</t>
+    <t>10,6196</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua ve Barbuda</t>
   </si>
   <si>
-    <t>13,5285</t>
+    <t>13,4175</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Arnavutluk</t>
   </si>
   <si>
-    <t>12,3548</t>
+    <t>12,2534</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Ermenistan</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angora</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Arjantin</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Avusturya</t>
   </si>
   <si>
-    <t>10,0898</t>
+    <t>10,007</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Avustralya</t>
   </si>
   <si>
-    <t>5,8068</t>
+    <t>5,7591</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbaycan</t>
   </si>
   <si>
-    <t>17,5027</t>
+    <t>17,359</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosna Hersek</t>
   </si>
   <si>
-    <t>5,5597</t>
+    <t>5,514</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>10,9134</t>
+    <t>10,8238</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladeş</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belçika</t>
   </si>
   <si>
-    <t>14,414</t>
+    <t>14,2957</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaristan</t>
   </si>
   <si>
-    <t>8,4425</t>
+    <t>8,3732</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahreyn</t>
   </si>
   <si>
-    <t>3,2946</t>
+    <t>3,2676</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>11,6135</t>
+    <t>11,5182</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>12,9726</t>
+    <t>12,8661</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>11,943</t>
+    <t>11,845</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivya</t>
   </si>
   <si>
-    <t>15,2376</t>
+    <t>15,1125</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brezilya</t>
   </si>
   <si>
-    <t>3,3152</t>
+    <t>3,288</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamalar</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Butan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botsvana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>4,4271</t>
+    <t>4,3908</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Kanada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Kongo Demokratik Cumhuriyeti</t>
   </si>
   <si>
-    <t>121,4891</t>
+    <t>120,4919</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Orta Afrika Cumhuriyeti</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Kongo</t>
   </si>
   <si>
-    <t>8,0306</t>
+    <t>7,9647</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>İsviçre</t>
   </si>
   <si>
-    <t>7,7218</t>
+    <t>7,6584</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Fildişi Sahili</t>
   </si>
   <si>
-    <t>8,8316</t>
+    <t>8,7591</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Adaları</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Şili</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Kamerun</t>
   </si>
   <si>
-    <t>7,0011</t>
+    <t>6,9436</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>Çin</t>
   </si>
   <si>
-    <t>4,9419</t>
+    <t>4,9014</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Kolombiya</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Kosta Rika</t>
   </si>
   <si>
-    <t>6,3833</t>
+    <t>6,3309</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Küba</t>
   </si>
   <si>
-    <t>18,7793</t>
+    <t>18,6252</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Kıbrıs</t>
   </si>
   <si>
-    <t>3,7064</t>
+    <t>3,676</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Çek Cumhuriyeti</t>
   </si>
   <si>
-    <t>7,4129</t>
+    <t>7,352</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Almanya</t>
   </si>
   <si>
-    <t>12,7049</t>
+    <t>12,6006</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Cibuti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Danimarka</t>
   </si>
   <si>
-    <t>4,1595</t>
+    <t>4,1253</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominika</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominik Cumhuriyeti</t>
   </si>
   <si>
-    <t>7,6188</t>
+    <t>7,5563</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Cezayir</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ekvador</t>
   </si>
   <si>
-    <t>18,1204</t>
+    <t>17,9717</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonya</t>
   </si>
   <si>
-    <t>8,8543</t>
+    <t>8,7816</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Mısır</t>
   </si>
   <si>
-    <t>10,5016</t>
+    <t>10,4154</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritre</t>
   </si>
   <si>
-    <t>11,5929</t>
+    <t>11,4978</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>ispanya</t>
   </si>
   <si>
-    <t>8,2983</t>
+    <t>8,2302</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Etiyopya</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finlandiya</t>
   </si>
   <si>
-    <t>9,6779</t>
+    <t>9,5985</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>18,3263</t>
+    <t>18,1759</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Adaları (Malvinas)</t>
   </si>
   <si>
-    <t>11,3253</t>
+    <t>11,2323</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Mikronezya, Federe Devletleri</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Adaları</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Fransa</t>
   </si>
   <si>
-    <t>9,2661</t>
+    <t>9,1901</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>13,3844</t>
+    <t>13,2745</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Birleşik Krallık</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Gürcistan</t>
   </si>
   <si>
-    <t>13,2814</t>
+    <t>13,1724</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Gana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Cebelitarık</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Grönland</t>
   </si>
   <si>
-    <t>2,471</t>
+    <t>2,4507</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambiya</t>
   </si>
   <si>
-    <t>10,2339</t>
+    <t>10,1499</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Gine</t>
   </si>
   <si>
-    <t>16,4731</t>
+    <t>16,3379</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>19,3559</t>
+    <t>19,197</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Ekvator Ginesi</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Yunanistan</t>
   </si>
   <si>
-    <t>8,2365</t>
+    <t>8,1689</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Gine-Bissau</t>
   </si>
   <si>
-    <t>16,2878</t>
+    <t>16,1541</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Hırvatistan</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Macaristan</t>
   </si>
   <si>
-    <t>11,7371</t>
+    <t>11,6407</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Endonezya</t>
   </si>
   <si>
-    <t>6,5892</t>
+    <t>6,5352</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>İrlanda</t>
   </si>
   <si>
-    <t>9,472</t>
+    <t>9,3943</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>İsrail</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>Hindistan</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Irak</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>İran, İslam Cumhuriyeti</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>İzlanda</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>İtalya</t>
   </si>
   <si>
-    <t>7,8247</t>
+    <t>7,7605</t>
   </si>
   <si>
     <t>JM</t>
   </si>
   <si>
     <t>Jamaika</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Ürdün</t>
   </si>
   <si>
-    <t>14,8258</t>
+    <t>14,7041</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Japonya</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KG</t>
   </si>
   <si>
     <t>Kırgızistan</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Kamboçya</t>
   </si>
   <si>
-    <t>8,566</t>
+    <t>8,4957</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>9,9456</t>
+    <t>9,864</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Komorlar</t>
   </si>
   <si>
-    <t>9,4103</t>
+    <t>9,333</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>Saint Kitts ve Nevis</t>
   </si>
   <si>
-    <t>12,5607</t>
+    <t>12,4576</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Kore Demokratik Halk Cumhuriyeti</t>
   </si>
   <si>
-    <t>14,3728</t>
+    <t>14,2548</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Kore Cumhuriyeti</t>
   </si>
   <si>
-    <t>4,3242</t>
+    <t>4,2887</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Kuveyt</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Cayman Adaları</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lao Halkı'nın Demokratik Cumhuriyeti</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Lübnan</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Lihtenştayn</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>9,8839</t>
+    <t>9,8027</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>Liberya</t>
   </si>
   <si>
     <t>LS</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Litvanya</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Lüksemburg</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Letonya</t>
   </si>
   <si>
-    <t>7,207</t>
+    <t>7,1478</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Fas</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Monako</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moldova, Cumhuriyeti</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Karadağ</t>
   </si>
   <si>
-    <t>5,7656</t>
+    <t>5,7183</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>Madagaskar</t>
   </si>
   <si>
-    <t>11,1193</t>
+    <t>11,0281</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marşal Adaları</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Makedonya, Eski Yugoslav Cumhuriyeti</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Moğolistan</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinik</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Moritanya</t>
   </si>
   <si>
-    <t>24,7096</t>
+    <t>24,5068</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>19,603</t>
+    <t>19,4421</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldivler</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Meksika</t>
   </si>
   <si>
-    <t>4,9831</t>
+    <t>4,9422</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malezya</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambik</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibya</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>Yeni Kaledonya</t>
   </si>
   <si>
-    <t>24,0301</t>
+    <t>23,8329</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Nijer</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nijerya</t>
   </si>
   <si>
-    <t>3,5005</t>
+    <t>3,4718</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nikaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Hollanda</t>
   </si>
   <si>
-    <t>13,5903</t>
+    <t>13,4788</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norveç</t>
   </si>
   <si>
-    <t>7,7629</t>
+    <t>7,6992</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>18,5322</t>
+    <t>18,3801</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>Yeni Zelanda</t>
   </si>
   <si>
-    <t>14,208</t>
+    <t>14,0914</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Umman</t>
   </si>
   <si>
-    <t>5,1478</t>
+    <t>5,1056</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>6,7952</t>
+    <t>6,7394</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>Fransız Polinezyası</t>
   </si>
   <si>
-    <t>14,9287</t>
+    <t>14,8062</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua Yeni Gine</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Filipinler</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>3,9124</t>
+    <t>3,8802</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Polonya</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre ve Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Porto Riko</t>
   </si>
   <si>
-    <t>12,1489</t>
+    <t>12,0492</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portekiz</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Katar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Mayotte</t>
   </si>
   <si>
-    <t>26,5629</t>
+    <t>26,3448</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romanya</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Sırbistan</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Rusya Federasyonu</t>
   </si>
   <si>
-    <t>6,9187</t>
+    <t>6,8619</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Ruanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Suudi Arabistan</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Adaları</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seyşeller</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>11,5312</t>
+    <t>11,4365</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>İsveç</t>
   </si>
   <si>
-    <t>7,4747</t>
+    <t>7,4133</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapur</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenya</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakya</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>12,4372</t>
+    <t>12,3351</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somali</t>
   </si>
   <si>
-    <t>16,5761</t>
+    <t>16,44</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Surinam</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome ve Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Suriye Arap Cumhuriyeti</t>
   </si>
   <si>
-    <t>14,6199</t>
+    <t>14,4999</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Svaziland</t>
   </si>
   <si>
-    <t>14,0845</t>
+    <t>13,9689</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Çad</t>
   </si>
   <si>
-    <t>13,2608</t>
+    <t>13,152</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Tayland</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tacikistan</t>
   </si>
   <si>
-    <t>13,7962</t>
+    <t>13,683</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Türkmenistan</t>
   </si>
   <si>
-    <t>4,736</t>
+    <t>4,6971</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunus</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
-    <t>1,6473</t>
+    <t>1,6338</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad ve Tobago</t>
   </si>
   <si>
-    <t>20,5914</t>
+    <t>20,4224</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Tayvan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>Tanzanya Birleşik Cumhuriyeti</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukrayna</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1547,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>İngiliz Virgin Adaları</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>ABD Virgin Adaları</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>20,4266</t>
+    <t>20,259</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>11,8606</t>
+    <t>11,7633</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>Güney Afrika</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambiya</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabve</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks ve Caicos Adaları</t>
   </si>